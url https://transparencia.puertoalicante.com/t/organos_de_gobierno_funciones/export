--- v0 (2025-10-20)
+++ v1 (2026-02-04)
@@ -38,51 +38,51 @@
   <si>
     <t>id</t>
   </si>
   <si>
     <t>nombre</t>
   </si>
   <si>
     <t>descripcion</t>
   </si>
   <si>
     <t>organo_competencias</t>
   </si>
   <si>
     <t>enlace_organo</t>
   </si>
   <si>
     <t>regimen_sesiones</t>
   </si>
   <si>
     <t>legislatura</t>
   </si>
   <si>
     <t>Consejo de Administración</t>
   </si>
   <si>
-    <t>&lt;div&gt;El Consejo de Administración es el órgano colegiado de gobierno de la Autoridad Portuaria de Alicante.&lt;br&gt;&lt;br&gt;&lt;/div&gt;&lt;div&gt;En el Consejo de Administración están representados el Ministerio de Transportes y Movilidad Sostenible, la Generalitat Valenciana, el Ayuntamiento de Alicante, Cámara de Comercio, Industria, Servicios y Navegación de Alicante, organizaciones empresariales y sindicales y sectores económicos relevantes en el ámbito portuario.&lt;br&gt;&lt;br&gt;&lt;/div&gt;&lt;div&gt;Su composición, funciones e incompatibilidades están reguladas en el artículo 30 del Texto Refundido de la Ley de Puertos del Estado y de la Marina Mercante, aprobado por Real Decreto Legislativo 2/2011, de 5 de septiembre.&lt;br&gt;&lt;br&gt;&lt;/div&gt;&lt;div&gt;Su organización y funcionamiento queda regulado en las&lt;a href="https://www.boe.es/diario_boe/txt.php?id=BOE-A-2019-3160"&gt; normas de gestión y funcionamiento interno del Consejo de Administración.&lt;/a&gt;&lt;/div&gt;&lt;div&gt;&lt;br&gt;&lt;/div&gt;&lt;div&gt;&lt;br&gt;&lt;strong&gt;MIEMBROS CONSEJO ADMINISTRACIÓN AUTORIDAD PORTUARIA DE ALICANTE&lt;/strong&gt;&lt;/div&gt;&lt;div&gt;&lt;br&gt;Actualizado 1 de agosto de 2025&lt;/div&gt;&lt;div&gt;&lt;br&gt;&lt;br&gt;&lt;/div&gt;&lt;div&gt;D. LUIS RODRÍGUEZ GONZÁLEZ.- Presidente de la Autoridad Portuaria/Presidente del Consejo de Administración.&lt;/div&gt;&lt;div&gt;D. CARLOS BAÑO MARHUENDA.- Vicepresidente del Consejo de Administración y Vocal por la Cámara Oficial de Comercio, Industria, Servicios y Navegación de Alicante.&lt;/div&gt;&lt;div&gt;D. CARLOS J. ELENO CARRETERO.- Director de la Autoridad Portuaria de Alicante.&lt;/div&gt;&lt;div&gt;&lt;br&gt;&lt;br&gt;&lt;/div&gt;&lt;div&gt;&lt;strong&gt;VOCALES EN REPRESENTACIÓN DE LA ADMINSTRACIÓN GENERAL DEL ESTADO.&lt;/strong&gt;&lt;/div&gt;&lt;div&gt;Dª. PAULA SAIZ CALVO.- Capitana Marítima. Vocal nato.&lt;/div&gt;&lt;div&gt;Dª. PATRICIA VERDE DOMINGUEZ.- Abogada del Estado.&lt;/div&gt;&lt;div&gt;Dª. ANA LOPE CARVAJAL.- Por Puertos del Estado.&lt;/div&gt;&lt;div&gt;D. JUAN JOSÉ NIEVES MARTÍNEZ.- Subdelegación del Gobierno en Alicante.&lt;/div&gt;&lt;div&gt;&lt;br&gt;&lt;br&gt;&lt;/div&gt;&lt;div&gt;&lt;strong&gt;VOCALES EN REPRESENTACIÓN DE LA GENERALITAT VALENCIANA&lt;/strong&gt;&lt;/div&gt;&lt;div&gt;D. JUAN JOSÉ CORTÉS VÉLEZ&lt;/div&gt;&lt;div&gt;D. PABLO RUZ VILLANUEVA&lt;/div&gt;&lt;div&gt;D. FRANCISCO JAVIER SENDRA MENGUAL&lt;/div&gt;&lt;div&gt;D. RAÚL MÉRIDA GORDILLO&lt;/div&gt;&lt;div&gt;&lt;br&gt;&lt;/div&gt;&lt;div&gt;&lt;strong&gt;VOCALES EN REPRESENTACIÓN DEL EXMO. AYUNTAMIENTO DE ALICANTE.&lt;/strong&gt;&lt;/div&gt;&lt;div&gt;D. LUIS BARCALA SIERRA.- Alcalde de Alicante.&lt;/div&gt;&lt;div&gt;Dª. ROCIO GÓMEZ GÓMEZ.- Concejala de Urbanismo.&lt;/div&gt;&lt;div&gt;&lt;br&gt;&lt;br&gt;&lt;/div&gt;&lt;div&gt;&lt;strong&gt;VOCAL EN REPRESENTACIÓN DE LA CONFEDERACIÓN EMPRESARIAL DE LA PROVINCIA DE ALICANTE.&lt;/strong&gt;&lt;/div&gt;&lt;div&gt;D. JOAQUÍN PÉREZ VÁZQUEZ&lt;/div&gt;&lt;div&gt;&lt;br&gt;&lt;br&gt;&lt;/div&gt;&lt;div&gt;&lt;strong&gt;VOCAL EN REPRESENTACIÓN DE LOS SECTORES ECONÓMICOS RELEVANTES EN EL ÁMBITO PORTUARIO.&lt;/strong&gt;&lt;/div&gt;&lt;div&gt;D. FELIPE LÓPEZ PELLÚS&lt;/div&gt;&lt;div&gt;&lt;br&gt;&lt;br&gt;&lt;/div&gt;&lt;div&gt;&lt;strong&gt;VOCAL EN REPRESENTACIÓN SINDICAL DE LOS TRABAJADORES.&lt;/strong&gt;&lt;/div&gt;&lt;div&gt;D. SALVADOR SEMPERE URIOS.&lt;/div&gt;&lt;div&gt;&lt;br&gt;&lt;br&gt;&lt;/div&gt;&lt;div&gt;&lt;strong&gt;SECRETARIO DEL CONSEJO DE ADMINISTRACIÓN&lt;/strong&gt;&lt;/div&gt;&lt;div&gt;D. EDUARDO MUÑÍZ MAZORRA. Abogado del Estado&lt;/div&gt;&lt;div&gt;&lt;br&gt;&lt;br&gt;&lt;/div&gt;&lt;div&gt;&lt;strong&gt;SECRETARIO SUPLENTE DEL CONSEJO DE ADMINISTRACIÓN.&lt;/strong&gt;&lt;/div&gt;&lt;div&gt;D. CASIMIRO PEÑARRUBIA JIMÉNEZ&lt;/div&gt;&lt;div&gt;&lt;br&gt;&lt;br&gt;&lt;a href="https://transparencia.puertoalicante.com/storage/uploads/1717414417Normas-de-funcionamiento-del-consejo-de-Administracio%CC%81n-de-la-Autoridad-Portuaria-de-Alicante.pdf"&gt;&lt;strong&gt;NORMAS DE FUNCIONAMIENTO (PDF)&lt;/strong&gt;&lt;/a&gt;&lt;strong&gt;&lt;br&gt;&lt;/strong&gt;&lt;a href="https://transparencia.puertoalicante.com/storage/uploads/1738245603Resoluci%C3%B3n%20acuerdo%20Normas%20Funcionamiento%20firmado.pdf"&gt;&lt;strong&gt;NORMAS DE FUNCIONAMIENTO - ADAPTACIÓN A LA ADMINISTRACIÓN ELECTRÓNICA (PDF)&lt;/strong&gt;&lt;/a&gt;&lt;strong&gt;&lt;br&gt;&lt;/strong&gt;&lt;br&gt;&lt;/div&gt;&lt;div&gt;&lt;br&gt;&lt;/div&gt;</t>
+    <t>&lt;div&gt;El Consejo de Administración es el órgano colegiado de gobierno de la Autoridad Portuaria de Alicante.&lt;br&gt;&lt;br&gt;&lt;/div&gt;&lt;div&gt;En el Consejo de Administración están representados el Ministerio de Transportes y Movilidad Sostenible, la Generalitat Valenciana, el Ayuntamiento de Alicante, Cámara de Comercio, Industria, Servicios y Navegación de Alicante, organizaciones empresariales y sindicales y sectores económicos relevantes en el ámbito portuario.&lt;br&gt;&lt;br&gt;&lt;/div&gt;&lt;div&gt;Su composición, funciones e incompatibilidades están reguladas en el artículo 30 del Texto Refundido de la Ley de Puertos del Estado y de la Marina Mercante, aprobado por Real Decreto Legislativo 2/2011, de 5 de septiembre.&lt;br&gt;&lt;br&gt;&lt;/div&gt;&lt;div&gt;Su organización y funcionamiento queda regulado en las&lt;a href="https://www.boe.es/diario_boe/txt.php?id=BOE-A-2019-3160"&gt; normas de gestión y funcionamiento interno del Consejo de Administración.&lt;/a&gt;&lt;/div&gt;&lt;div&gt;&lt;br&gt;&lt;/div&gt;&lt;div&gt;&lt;br&gt;&lt;strong&gt;MIEMBROS CONSEJO ADMINISTRACIÓN AUTORIDAD PORTUARIA DE ALICANTE&lt;/strong&gt;&lt;/div&gt;&lt;div&gt;&lt;br&gt;Actualizado 1 de agosto de 2025&lt;/div&gt;&lt;div&gt;&lt;br&gt;&lt;br&gt;&lt;/div&gt;&lt;div&gt;D. LUIS RODRÍGUEZ GONZÁLEZ.- Presidente de la Autoridad Portuaria/Presidente del Consejo de Administración.&lt;/div&gt;&lt;div&gt;D. CARLOS BAÑO MARHUENDA.- Vicepresidente del Consejo de Administración y Vocal por la Cámara Oficial de Comercio, Industria, Servicios y Navegación de Alicante.&lt;/div&gt;&lt;div&gt;D. CARLOS J. ELENO CARRETERO.- Director de la Autoridad Portuaria de Alicante.&lt;/div&gt;&lt;div&gt;&lt;br&gt;&lt;br&gt;&lt;/div&gt;&lt;div&gt;&lt;strong&gt;VOCALES EN REPRESENTACIÓN DE LA ADMINSTRACIÓN GENERAL DEL ESTADO.&lt;/strong&gt;&lt;/div&gt;&lt;div&gt;D. ENRIQUE SANMARTÍN GÓMEZ.- Capitán Marítimo. Vocal nato.&lt;/div&gt;&lt;div&gt;Dª. PATRICIA VERDE DOMINGUEZ.- Abogada del Estado.&lt;/div&gt;&lt;div&gt;Dª. ANA LOPE CARVAJAL.- Por Puertos del Estado.&lt;/div&gt;&lt;div&gt;D. JUAN JOSÉ NIEVES MARTÍNEZ.- Subdelegación del Gobierno en Alicante.&lt;/div&gt;&lt;div&gt;&lt;br&gt;&lt;br&gt;&lt;/div&gt;&lt;div&gt;&lt;strong&gt;VOCALES EN REPRESENTACIÓN DE LA GENERALITAT VALENCIANA&lt;/strong&gt;&lt;/div&gt;&lt;div&gt;D. JUAN JOSÉ CORTÉS VÉLEZ&lt;/div&gt;&lt;div&gt;D. PABLO RUZ VILLANUEVA&lt;/div&gt;&lt;div&gt;D. FRANCISCO JAVIER SENDRA MENGUAL&lt;/div&gt;&lt;div&gt;D. RAÚL MÉRIDA GORDILLO&lt;/div&gt;&lt;div&gt;&lt;br&gt;&lt;/div&gt;&lt;div&gt;&lt;strong&gt;VOCALES EN REPRESENTACIÓN DEL EXMO. AYUNTAMIENTO DE ALICANTE.&lt;/strong&gt;&lt;/div&gt;&lt;div&gt;D. LUIS BARCALA SIERRA.- Alcalde de Alicante.&lt;/div&gt;&lt;div&gt;Dª. ROCIO GÓMEZ GÓMEZ.- Concejala de Urbanismo.&lt;/div&gt;&lt;div&gt;&lt;br&gt;&lt;br&gt;&lt;/div&gt;&lt;div&gt;&lt;strong&gt;VOCAL EN REPRESENTACIÓN DE LA CONFEDERACIÓN EMPRESARIAL DE LA PROVINCIA DE ALICANTE.&lt;/strong&gt;&lt;/div&gt;&lt;div&gt;D. JOAQUÍN PÉREZ VÁZQUEZ&lt;/div&gt;&lt;div&gt;&lt;br&gt;&lt;br&gt;&lt;/div&gt;&lt;div&gt;&lt;strong&gt;VOCAL EN REPRESENTACIÓN DE LOS SECTORES ECONÓMICOS RELEVANTES EN EL ÁMBITO PORTUARIO.&lt;/strong&gt;&lt;/div&gt;&lt;div&gt;D. FELIPE LÓPEZ PELLÚS&lt;/div&gt;&lt;div&gt;&lt;br&gt;&lt;br&gt;&lt;/div&gt;&lt;div&gt;&lt;strong&gt;VOCAL EN REPRESENTACIÓN SINDICAL DE LOS TRABAJADORES.&lt;/strong&gt;&lt;/div&gt;&lt;div&gt;D. SALVADOR SEMPERE URIOS.&lt;/div&gt;&lt;div&gt;&lt;br&gt;&lt;br&gt;&lt;/div&gt;&lt;div&gt;&lt;strong&gt;SECRETARIO DEL CONSEJO DE ADMINISTRACIÓN&lt;/strong&gt;&lt;/div&gt;&lt;div&gt;D. EDUARDO MUÑÍZ MAZORRA. Abogado del Estado&lt;/div&gt;&lt;div&gt;&lt;br&gt;&lt;br&gt;&lt;/div&gt;&lt;div&gt;&lt;strong&gt;SECRETARIO SUPLENTE DEL CONSEJO DE ADMINISTRACIÓN.&lt;/strong&gt;&lt;/div&gt;&lt;div&gt;D. CASIMIRO PEÑARRUBIA JIMÉNEZ&lt;/div&gt;&lt;div&gt;&lt;br&gt;&lt;br&gt;&lt;a href="https://transparencia.puertoalicante.com/storage/uploads/1717414417Normas-de-funcionamiento-del-consejo-de-Administracio%CC%81n-de-la-Autoridad-Portuaria-de-Alicante.pdf"&gt;&lt;strong&gt;NORMAS DE FUNCIONAMIENTO (PDF)&lt;/strong&gt;&lt;/a&gt;&lt;strong&gt;&lt;br&gt;&lt;/strong&gt;&lt;a href="https://transparencia.puertoalicante.com/storage/uploads/1738245603Resoluci%C3%B3n%20acuerdo%20Normas%20Funcionamiento%20firmado.pdf"&gt;&lt;strong&gt;NORMAS DE FUNCIONAMIENTO - ADAPTACIÓN A LA ADMINISTRACIÓN ELECTRÓNICA (PDF)&lt;/strong&gt;&lt;/a&gt;&lt;strong&gt;&lt;br&gt;&lt;/strong&gt;&lt;br&gt;&lt;/div&gt;&lt;div&gt;&lt;br&gt;&lt;/div&gt;</t>
   </si>
   <si>
     <t>2023-2027</t>
   </si>
   <si>
     <t>Composición del Consejo de Navegación y Puerto</t>
   </si>
   <si>
     <t>&lt;div&gt;El Consejo de Navegación y Puerto de la Autoridad Portuaria de Alicante es un órgano colegiado de asistencia e información&amp;nbsp; de la Capitanía Marítima y del Presidente de la Autoridad Portuaria de Alicante creados según lo dispuesto en el artículo 34 del TRLPEMM (anterior artículo 44 de la Ley 27/1992 de 24 de noviembre, de Puertos del Estado y de la Marina Mercante).&lt;/div&gt;&lt;div&gt;&lt;br&gt;&lt;em&gt;Composición del Consejo :&lt;/em&gt;&lt;/div&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Sr. D. Juan Bautista Riera Sánchez: &lt;/strong&gt;Presidente&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Sr. D. Rafael Francisco Briet Seguí: &lt;/strong&gt;Vicepresidente&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Sr. D. Casimiro Peñarrubia Jiménez&lt;/strong&gt;: Secretario&lt;/li&gt;&lt;li&gt;&lt;br&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;em&gt;Entidades públicas&lt;/em&gt;&lt;/strong&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Capitanía Marítima&lt;/strong&gt;: Julio Manuel Cejalvo Gordó y Juan Alacaráz Díaz&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Aduanas: &lt;/strong&gt;Arturo Marcos Sánchez&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Comandancia Naval: &lt;/strong&gt;Gustavo Adolfo Gutierrez de Rubalcava Sánchez Ferragut&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Autoridad Portuaria: &lt;/strong&gt;Carlos J. Eleno Carretero | Sara García Hernández | Mónica Bautista Ruiz | Juan Antonio Ferrero Moll | Sergio Rodriguez Roselló&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Ayuntamiento de Alicante: &lt;/strong&gt;Juan Luis Beresaluze&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Generalitat Valenciana: &lt;/strong&gt;Enrique Amérigo Cuervo-Arano&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Consellería de Vivienda, Obras Públicas y Vertebración Del Territorio: &lt;/strong&gt;Carlos Domingo Soler&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Guardia Civil: &lt;/strong&gt;Carlos Molina Martínez&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Comisaria Provincial de Alicante: &lt;/strong&gt;Blanca Asencio Díaz&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Subdelegación del Gobierno: &lt;/strong&gt;María Ruiz Navarro&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;div&gt;&lt;br&gt;&lt;/div&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;&lt;em&gt;Corporaciones de derecho público y entidades y organizaciones privadas&lt;/em&gt;&lt;/strong&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Centro Portuario de Empleo: &lt;/strong&gt;Begoña Tejada Pino&lt;/li&gt;&lt;li&gt;&lt;strong&gt;ANESCO (Asociación Nacional de Empresas Estibadoras y Consignatarias De Buques): &lt;/strong&gt;José Luis Romero Castaño&lt;/li&gt;&lt;li&gt;&lt;strong&gt;CESA (Asociación de Empresas Estibadoras de Alicante): &lt;/strong&gt;Miguel Pascual Fuentes Pastor&lt;/li&gt;&lt;li&gt;&lt;strong&gt;FETLPA (Federación de Transitarios y Empresarios del Transporte por Carretera a Nivel Nacional e Internacional): &lt;/strong&gt;José Agustín Quirant Gil&lt;/li&gt;&lt;li&gt;&lt;strong&gt;ASECOB (Asociación de Consignatarios del Puerto): &lt;/strong&gt;Felipe López Pellús&lt;/li&gt;&lt;li&gt;&lt;strong&gt;ANAVE (Asociación de Navieros Españoles): &lt;/strong&gt;Felipe López&lt;/li&gt;&lt;li&gt;&lt;strong&gt;ANARE (Asociación Nacional de Remolcadores de España): &lt;/strong&gt;José Blas Isacc Ponce&lt;/li&gt;&lt;li&gt;&lt;strong&gt;AEEA (Asociación Española de Empresas de Amarre): &lt;/strong&gt;Fernando Rizo&lt;/li&gt;&lt;li&gt;&lt;strong&gt;CONP (Colegio Nacional de Prácticos): &lt;/strong&gt;Ricardo Anido Gómez&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Servicios Marítimos Noray: &lt;/strong&gt;Santiago M. García Romá&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Colegio Oficial de Agentes y Comisionistas de Aduanas: &lt;/strong&gt;Felipe Llorca Garrigós&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Instituto Valenciano de Competitividad Empresarial: &lt;/strong&gt;Julia Company Sanus&lt;/li&gt;&lt;li&gt;&lt;strong&gt;FETRAMA (Federación Provincial De Transportes De Alicante): &lt;/strong&gt;Francisco Luis Ortíz Gutierrez&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;em&gt;Sindicatos más representativos de los sectores marítimos portuarios.&lt;/em&gt;&lt;/strong&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Sindicatos: &lt;/strong&gt;Antonio S. Martínez Carril (CCOO) | Francisco J. Pérez García (UGT) | Manuel Soriano Maldonado (COORDINADORA)&lt;strong&gt;&lt;br&gt;&lt;/strong&gt;&lt;br&gt;&lt;br&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;div&gt;&lt;a href="https://transparencia.puertoalicante.com/storage/uploads/1717414418Normas-CNPA.pdf"&gt;&lt;strong&gt;&amp;nbsp;NORMAS REGULADORAS DEL CONSEJO DE NAVEGACIÓN Y PUERTO DE ALICANTE (PDF)&lt;br&gt;&lt;/strong&gt;&lt;/a&gt;&lt;br&gt;&lt;/div&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -436,51 +436,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="55" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="4264" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="4270" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="19" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="13" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>