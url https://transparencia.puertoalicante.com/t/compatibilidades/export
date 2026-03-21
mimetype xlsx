--- v0 (2025-10-20)
+++ v1 (2026-03-21)
@@ -12,122 +12,125 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>fecha</t>
   </si>
   <si>
     <t>nombre</t>
   </si>
   <si>
     <t>puesto</t>
   </si>
   <si>
     <t>actividad</t>
   </si>
   <si>
     <t>organo_autoriza</t>
   </si>
   <si>
     <t>documento_pdf_id</t>
   </si>
   <si>
     <t>documento_open_id</t>
   </si>
   <si>
-    <t>21-07-2025</t>
-[...5 lines deleted...]
-    <t>JEFE DE EQUIPO DE POLICÍA PORTUARIA</t>
+    <t>12-06-2025</t>
+  </si>
+  <si>
+    <t>A.M.L</t>
+  </si>
+  <si>
+    <t>RESPONSABLE COMUNICACIÓN E IMAGEN</t>
+  </si>
+  <si>
+    <t>ASESORIAMIENTO Y MARKETING</t>
+  </si>
+  <si>
+    <t>MINISTERIO PARA LA TRANSFORMACIÓN DIGITAL Y DE LA FUNCIÓN PÚBLICA</t>
+  </si>
+  <si>
+    <t>14-05-2025</t>
+  </si>
+  <si>
+    <t>M.F.L</t>
+  </si>
+  <si>
+    <t>JEFA UNIDAD RELACIONES LABORALES</t>
+  </si>
+  <si>
+    <t>ASESORÍA JURÍDICA Y FORMACIÓN</t>
+  </si>
+  <si>
+    <t>07-05-2025</t>
+  </si>
+  <si>
+    <t>S.S.J</t>
+  </si>
+  <si>
+    <t>JEFE DEPARTAMENTO TRANSFORMACIÓN DIGITAL</t>
   </si>
   <si>
     <t>DOCENCIA</t>
   </si>
   <si>
-    <t>MINISTERIO PARA LA TRANSFORMACIÓN DIGITAL Y DE LA FUNCIÓN PÚBLICA</t>
-[...32 lines deleted...]
-    <t>JEFE DEPARTAMENTO TRANSFORMACIÓN DIGITAL</t>
+    <t>16-04-2024</t>
+  </si>
+  <si>
+    <t>V.S.C.</t>
+  </si>
+  <si>
+    <t>RESPONSABLE DE INFRAESTRUCTURAS</t>
+  </si>
+  <si>
+    <t>EJERCICIO LIBRE, INGENIERÍA, PUENTES Y OBRA CIVIL</t>
   </si>
   <si>
     <t>29-09-2022</t>
   </si>
   <si>
     <t>M.J.G.P</t>
   </si>
   <si>
     <t>SERVICIOS DE SOPORTE</t>
   </si>
   <si>
     <t>REDES SOCIALES</t>
   </si>
   <si>
     <t>MINISTERIO DE HACIENDA Y FUNCIÓN PÚBLICA</t>
   </si>
   <si>
     <t>13-06-2019</t>
   </si>
   <si>
     <t>M.R.L</t>
   </si>
   <si>
     <t>RESPONSABLE DE POLICÍA PORTURIA</t>
   </si>
@@ -619,266 +622,266 @@
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="1">
-        <v>263</v>
+        <v>392</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="1">
-        <v>262</v>
+        <v>393</v>
       </c>
       <c r="B3" t="s">
         <v>13</v>
       </c>
       <c r="C3" t="s">
         <v>14</v>
       </c>
       <c r="D3" t="s">
         <v>15</v>
       </c>
       <c r="E3" t="s">
         <v>16</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="1">
-        <v>261</v>
+        <v>394</v>
       </c>
       <c r="B4" t="s">
         <v>17</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="1">
-        <v>260</v>
+        <v>402</v>
       </c>
       <c r="B5" t="s">
         <v>21</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="1">
-        <v>194</v>
+        <v>395</v>
       </c>
       <c r="B6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="1">
-        <v>189</v>
+        <v>396</v>
       </c>
       <c r="B7" t="s">
+        <v>30</v>
+      </c>
+      <c r="C7" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" t="s">
+        <v>32</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
         <v>29</v>
-      </c>
-[...10 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="1">
-        <v>192</v>
+        <v>397</v>
       </c>
       <c r="B8" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C8" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E8" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F8" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="1">
-        <v>187</v>
+        <v>398</v>
       </c>
       <c r="B9" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C9" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D9" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E9" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F9" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="1">
-        <v>190</v>
+        <v>399</v>
       </c>
       <c r="B10" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C10" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D10" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E10" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="1">
-        <v>193</v>
+        <v>400</v>
       </c>
       <c r="B11" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C11" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D11" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E11" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="1">
-        <v>191</v>
+        <v>401</v>
       </c>
       <c r="B12" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C12" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D12" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E12" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F12" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">